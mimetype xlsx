--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b262566ab174550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33f16dc600a6461b9c5c65837f8bec75.psmdcp" Id="R2de02b09b843482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda741cc112354548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d062882a12b4a08bad1bcf705acdb90.psmdcp" Id="Rf6d32cff20884476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>