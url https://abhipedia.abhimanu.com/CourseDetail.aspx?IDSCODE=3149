--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda741cc112354548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d062882a12b4a08bad1bcf705acdb90.psmdcp" Id="Rf6d32cff20884476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c5f5bb63b04efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/890631daae984cee88ad73ec82391448.psmdcp" Id="R5b1f39e4b9dd4a71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>