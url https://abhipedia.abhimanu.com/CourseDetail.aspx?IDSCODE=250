--- v0 (2025-12-05)
+++ v1 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ed77a56dbdd4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdd8be20052644d58c4e386cbfd72341.psmdcp" Id="R131dc44e0e9148ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455fb029a3d24d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40c1cb97edc34816aa40cb2a87201dd3.psmdcp" Id="R5911504c671a49f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>