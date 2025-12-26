--- v1 (2025-12-22)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455fb029a3d24d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40c1cb97edc34816aa40cb2a87201dd3.psmdcp" Id="R5911504c671a49f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cc260dda144c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29926ad880b6443689f51cffc8bd1647.psmdcp" Id="R3d22224bd9b84114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>