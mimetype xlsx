--- v2 (2025-12-26)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cc260dda144c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29926ad880b6443689f51cffc8bd1647.psmdcp" Id="R3d22224bd9b84114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e67fab2848c4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20c7c027ed814f3891e12cffc93a3294.psmdcp" Id="R465274aeb2ba409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>