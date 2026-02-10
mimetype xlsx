--- v3 (2025-12-26)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e67fab2848c4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20c7c027ed814f3891e12cffc93a3294.psmdcp" Id="R465274aeb2ba409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b7809381054520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8f1bb0e2a7f4aa4b171529c34cd4dec.psmdcp" Id="Rb970faa5a1794741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>