--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R657c18fa90944154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d11d5ee82a7d453aae3c3d58bd050ed1.psmdcp" Id="Ra2c380b91c11429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9b2d1465104d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ae0fe36db6b4724920129d7dc7ef9ca.psmdcp" Id="Rb14893f57ded4578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>