--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9b2d1465104d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ae0fe36db6b4724920129d7dc7ef9ca.psmdcp" Id="Rb14893f57ded4578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e757a6c9944f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b45d6001871b451aba6e8f79cf5d4cd2.psmdcp" Id="R7e38f4ee19b44d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>