--- v2 (2026-02-25)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e757a6c9944f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b45d6001871b451aba6e8f79cf5d4cd2.psmdcp" Id="R7e38f4ee19b44d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R063b864671644058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ab7f323dcab466d970bf0b0d3a612f0.psmdcp" Id="R1447f25fd4264777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>