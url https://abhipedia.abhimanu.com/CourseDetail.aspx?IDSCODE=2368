--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7873178e1c49c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69055877daad455fa95208f50e31c1c1.psmdcp" Id="R7d7dc14c4adc44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb265165e854548aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec3b8ac5d0c84f21be63b2f6be44b8f0.psmdcp" Id="R42f532b7e23a42e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>