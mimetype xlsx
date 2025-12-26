--- v1 (2025-12-26)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb265165e854548aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec3b8ac5d0c84f21be63b2f6be44b8f0.psmdcp" Id="R42f532b7e23a42e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834c8fad241b469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ad31de61ea540849d12b54685b1afed.psmdcp" Id="Rf5d3513cb04e4fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>