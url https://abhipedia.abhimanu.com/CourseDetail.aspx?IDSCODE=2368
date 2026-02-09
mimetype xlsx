--- v2 (2025-12-26)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834c8fad241b469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ad31de61ea540849d12b54685b1afed.psmdcp" Id="Rf5d3513cb04e4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc360c26b347d4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39acab7c76a2451094b1b30ede192d3d.psmdcp" Id="Rb116115f354f4450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>