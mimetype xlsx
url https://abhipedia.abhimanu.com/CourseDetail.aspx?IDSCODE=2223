--- v0 (2025-12-07)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d3dad42924462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/222401247c644785ac4553f2f63fc620.psmdcp" Id="R206b0da492ac41fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2131a660344943d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74e56e1aa264444dbf29e3afd9b5e0da.psmdcp" Id="R0414d65cf4cc4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>