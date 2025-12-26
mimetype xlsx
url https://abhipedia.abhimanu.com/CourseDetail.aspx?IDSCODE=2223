--- v1 (2025-12-25)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2131a660344943d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74e56e1aa264444dbf29e3afd9b5e0da.psmdcp" Id="R0414d65cf4cc4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91cd69f94434948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4f5f4db7e3248ca96f063dd77b1e161.psmdcp" Id="R98bd63722afc44d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>