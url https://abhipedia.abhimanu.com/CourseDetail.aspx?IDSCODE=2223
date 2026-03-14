--- v2 (2025-12-26)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91cd69f94434948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4f5f4db7e3248ca96f063dd77b1e161.psmdcp" Id="R98bd63722afc44d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ba3e10f2a84b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ac2b3b27bb643a89e51e2a91a819bbf.psmdcp" Id="R4add7d2b1de2424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Exported" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sheet1" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>#</x:t>
   </x:si>
   <x:si>
     <x:t>Series</x:t>
   </x:si>